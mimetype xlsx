--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Наш сайт</t>
   </si>
   <si>
     <t>https://konvipak.com/</t>
   </si>
   <si>
     <t>Наші контакти</t>
   </si>
   <si>
     <t>https://konvipak.com/contact</t>
   </si>
   <si>
     <t>Умови оплати і доставки</t>
   </si>
   <si>
     <t>https://konvipak.com/oplata-ta-dostavka</t>
   </si>
   <si>
     <t>Дата і час формування прайсу</t>
   </si>
   <si>
-    <t>21.03.2026 05:03:28</t>
+    <t>21.03.2026 06:03:16</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Назва і формат (ВхШхГ, мм)</t>
   </si>
   <si>
     <t>Матеріал</t>
   </si>
   <si>
     <t>Колір</t>
   </si>
   <si>
     <t>Щільність,г/м2</t>
   </si>
   <si>
     <t>В упаковці,шт.</t>
   </si>
   <si>
     <t>Ціна (роздріб), грн/уп. з ПДВ</t>
   </si>
   <si>
     <t>Ціна (опт - від 5 упаковок), грн/уп. з ПДВ</t>
   </si>